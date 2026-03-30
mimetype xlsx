--- v0 (2026-01-30)
+++ v1 (2026-03-30)
@@ -7,418 +7,473 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LISTADO_ACTAS" sheetId="1" r:id="rId4"/>
   </sheets>
-  <definedNames>
-[...1 lines deleted...]
-  </definedNames>
+  <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
     <t>NUMERO DE ACTA</t>
   </si>
   <si>
     <t>TIPO</t>
   </si>
   <si>
     <t>MODALIDAD</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>DIRECCION</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>SIN IRREGULARIDADES</t>
   </si>
   <si>
-    <t>SARMIENTO 3962</t>
-[...53 lines deleted...]
-    <t>BRAGADO 7218</t>
+    <t>RIVADAVIA AV. 3600</t>
+  </si>
+  <si>
+    <t>BILLINGHURST 55</t>
   </si>
   <si>
     <t>ACTA DE COMPROBACIÓN</t>
   </si>
   <si>
     <t>DIGITAL</t>
   </si>
   <si>
-    <t>SUAREZ, JOSE LEON 2165</t>
-[...272 lines deleted...]
-    <t>379070, 447443</t>
+    <t>SANCHEZ DE LORIA 41</t>
+  </si>
+  <si>
+    <t>ESPARZA 76</t>
+  </si>
+  <si>
+    <t>AYACUCHO 1059</t>
+  </si>
+  <si>
+    <t>LOPE DE VEGA 483</t>
+  </si>
+  <si>
+    <t>LOPE DE VEGA AV. 1010</t>
+  </si>
+  <si>
+    <t>GARCIA, JUAN AGUSTIN 5252</t>
+  </si>
+  <si>
+    <t>HUGO, VICTOR 790</t>
+  </si>
+  <si>
+    <t>CALIFORNIA 3085</t>
+  </si>
+  <si>
+    <t>RIO CUARTO 3113</t>
+  </si>
+  <si>
+    <t>MAGALDI, AGUSTIN 1685</t>
+  </si>
+  <si>
+    <t>LAFAYETTE 1619</t>
+  </si>
+  <si>
+    <t>SANTO DOMINGO 3062</t>
+  </si>
+  <si>
+    <t>RIVADAVIA AV. 3532</t>
+  </si>
+  <si>
+    <t>BILBAO, FRANCISCO AV. 1401</t>
+  </si>
+  <si>
+    <t>LAFERRERE, GREGORIO de 1368</t>
+  </si>
+  <si>
+    <t>FERNANDEZ MORENO, BALDOMERO 1402</t>
+  </si>
+  <si>
+    <t>MITRE, EMILIO 744</t>
+  </si>
+  <si>
+    <t>MITRE, EMILIO 936</t>
+  </si>
+  <si>
+    <t>PERON, EVA AV. 4440</t>
+  </si>
+  <si>
+    <t>PERON, EVA AV. 4426</t>
+  </si>
+  <si>
+    <t>MOZART 1887</t>
+  </si>
+  <si>
+    <t>AMEGHINO, FLORENTINO, Dr. 1752</t>
+  </si>
+  <si>
+    <t>DIRECTORIO AV. 4353</t>
+  </si>
+  <si>
+    <t>SANCHEZ DE BUSTAMANTE 1320</t>
+  </si>
+  <si>
+    <t>BILLINGHURST 1334</t>
+  </si>
+  <si>
+    <t>CORDOBA AV. 2940</t>
+  </si>
+  <si>
+    <t>BILLINGHURST 1093</t>
+  </si>
+  <si>
+    <t>BILLINGHURST 1283</t>
+  </si>
+  <si>
+    <t>FRAGATA Pres. SARMIENTO 1551</t>
+  </si>
+  <si>
+    <t>BELAUSTEGUI, LUIS, Dr. 1092</t>
+  </si>
+  <si>
+    <t>SAN MARTIN AV. 2150</t>
+  </si>
+  <si>
+    <t>OROÑO, NICASIO 1588</t>
+  </si>
+  <si>
+    <t>CUCHA CUCHA 1436</t>
+  </si>
+  <si>
+    <t>BERON DE ASTRADA 2143</t>
+  </si>
+  <si>
+    <t>BERON DE ASTRADA 2243</t>
+  </si>
+  <si>
+    <t>RIVERA INDARTE AV. 3565</t>
+  </si>
+  <si>
+    <t>RIVERA INDARTE AV. 3626</t>
+  </si>
+  <si>
+    <t>LAS PALMAS 2875</t>
+  </si>
+  <si>
+    <t>MORENO, PERITO AV. 1035</t>
+  </si>
+  <si>
+    <t>TABARE 1071</t>
+  </si>
+  <si>
+    <t>FRAGA 1504</t>
+  </si>
+  <si>
+    <t>GIRARDOT 1915</t>
+  </si>
+  <si>
+    <t>DONADO 1052</t>
+  </si>
+  <si>
+    <t>CONDOR 1557</t>
+  </si>
+  <si>
+    <t>SEGUROLA AV. 1259</t>
+  </si>
+  <si>
+    <t>JUSTO, JUAN B. AV. 6784</t>
+  </si>
+  <si>
+    <t>YERBAL 3568</t>
+  </si>
+  <si>
+    <t>CUENCA 102</t>
+  </si>
+  <si>
+    <t>FLORES, VENANCIO, Gral. 4567</t>
+  </si>
+  <si>
+    <t>LARREA 758</t>
+  </si>
+  <si>
+    <t>SAN LUIS 2740</t>
+  </si>
+  <si>
+    <t>VIAMONTE 2465</t>
+  </si>
+  <si>
+    <t>LARREA 747</t>
+  </si>
+  <si>
+    <t>PUEYRREDON AV. 965</t>
+  </si>
+  <si>
+    <t>CASTRO, EMILIO AV. 6460</t>
+  </si>
+  <si>
+    <t>CAAGUAZU 6690</t>
+  </si>
+  <si>
+    <t>ERCILLA 6785</t>
+  </si>
+  <si>
+    <t>TONELERO 6347</t>
+  </si>
+  <si>
+    <t>DE LA TORRE, LISANDRO AV. 989</t>
+  </si>
+  <si>
+    <t>TABARE 935</t>
+  </si>
+  <si>
+    <t>SARAZA 5860</t>
+  </si>
+  <si>
+    <t>RUCCI, JOSE IGNACIO 3751</t>
+  </si>
+  <si>
+    <t>SARAZA 5931</t>
+  </si>
+  <si>
+    <t>SAN ANTONIO 448</t>
+  </si>
+  <si>
+    <t>AUSTRALIA AV. 2320</t>
+  </si>
+  <si>
+    <t>SANTA MAGDALENA 375</t>
+  </si>
+  <si>
+    <t>SANTA MARIA DEL BUEN AIRE 359</t>
+  </si>
+  <si>
+    <t>SANTA ELENA 464</t>
+  </si>
+  <si>
+    <t>CORDOBA AV. 2872</t>
+  </si>
+  <si>
+    <t>CORDOBA AV. 3200</t>
+  </si>
+  <si>
+    <t>JAURES, JEAN 916</t>
+  </si>
+  <si>
+    <t>CORDOBA AV. 2635</t>
+  </si>
+  <si>
+    <t>PUEYRREDON AV. 1094</t>
+  </si>
+  <si>
+    <t>DIRECTORIO AV. 4931</t>
+  </si>
+  <si>
+    <t>TAPALQUE 4860</t>
+  </si>
+  <si>
+    <t>ARAUJO 1160</t>
+  </si>
+  <si>
+    <t>ESCALADA AV. 1374</t>
+  </si>
+  <si>
+    <t>ESCALADA AV. 1594</t>
+  </si>
+  <si>
+    <t>INCLAN 2933</t>
+  </si>
+  <si>
+    <t>SALCEDO 2966</t>
+  </si>
+  <si>
+    <t>BRASIL 2960</t>
+  </si>
+  <si>
+    <t>BRASIL 3076</t>
+  </si>
+  <si>
+    <t>INCLAN 3250</t>
+  </si>
+  <si>
+    <t>URIBURU JOSE E., Pres. 1054</t>
+  </si>
+  <si>
+    <t>URIBURU JOSE E., Pres. 1141</t>
+  </si>
+  <si>
+    <t>JUNIN 1120</t>
+  </si>
+  <si>
+    <t>URIBURU JOSE E., Pres. 1010</t>
+  </si>
+  <si>
+    <t>MENDOZA 2350</t>
+  </si>
+  <si>
+    <t>SUCRE, ANTONIO JOSE de, Mcal. 2168</t>
+  </si>
+  <si>
+    <t>JURAMENTO AV. 2527</t>
+  </si>
+  <si>
+    <t>AMENABAR 3201</t>
+  </si>
+  <si>
+    <t>HUERGO 262</t>
+  </si>
+  <si>
+    <t>ARCE 235</t>
+  </si>
+  <si>
+    <t>GANA 587</t>
+  </si>
+  <si>
+    <t>A01329</t>
+  </si>
+  <si>
+    <t>373728, 441562</t>
+  </si>
+  <si>
+    <t>SANCHEZ DE LORIA 51 / 57 / 55 / 41</t>
+  </si>
+  <si>
+    <t>208902, 515668, 427117</t>
+  </si>
+  <si>
+    <t>201357, 220031, 535516</t>
+  </si>
+  <si>
+    <t>376741, 463321, 433779</t>
+  </si>
+  <si>
+    <t>BILBAO, FRANCISCO 1401</t>
+  </si>
+  <si>
+    <t>501509, 496415, 394630</t>
+  </si>
+  <si>
+    <t>PERON, EVA AV. 4440    /4444</t>
+  </si>
+  <si>
+    <t>FRAGATA Pres. SARMIENTO 1551 / 1553</t>
+  </si>
+  <si>
+    <t>368370, 347697, 204698</t>
+  </si>
+  <si>
+    <t>QUINQUELA MARTIN, BENITO 2150</t>
+  </si>
+  <si>
+    <t>RIVERA INDARTE AV. 3565 / 3567</t>
+  </si>
+  <si>
+    <t>FRAGA 1504 / 1506</t>
+  </si>
+  <si>
+    <t>DONADO 1050 / 1052</t>
+  </si>
+  <si>
+    <t>YERBAL 3570 / 3568</t>
+  </si>
+  <si>
+    <t>CUENCA 102 - FLORES, VENANCIO, Gral. 3211</t>
+  </si>
+  <si>
+    <t>494060, 251877, 465075, 486978, 533497, 393301</t>
+  </si>
+  <si>
+    <t>DE LA TORRE, LISANDRO 989</t>
+  </si>
+  <si>
+    <t>SARAZA 5860 / 5862</t>
+  </si>
+  <si>
+    <t>SAN ANTONIO 450 / 448</t>
+  </si>
+  <si>
+    <t>A01661</t>
+  </si>
+  <si>
+    <t>470569, 244376</t>
+  </si>
+  <si>
+    <t>455625, 480613, 547873</t>
+  </si>
+  <si>
+    <t>DIRECTORIO AV. 4931 / 4941</t>
+  </si>
+  <si>
+    <t>ESCALADA 1374</t>
+  </si>
+  <si>
+    <t>384101, 338102</t>
+  </si>
+  <si>
+    <t>355951, 501758, 501686, 390103</t>
+  </si>
+  <si>
+    <t>JUNIN 1120  B  Piso 4º</t>
+  </si>
+  <si>
+    <t>347264, 533871</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JURAMENTO AV. 2527 Local 70   </t>
+  </si>
+  <si>
+    <t>473129, 441866</t>
+  </si>
+  <si>
+    <t>AMENABAR 3201 / 3209</t>
+  </si>
+  <si>
+    <t>379129, 498539</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -765,1715 +820,2106 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
-  <sheetPr filterMode="1">
+  <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G77"/>
+  <dimension ref="A1:G97"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C9" sqref="C9"/>
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.109375" outlineLevelRow="0" outlineLevelCol="0"/>
+  <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="17.109375" customWidth="true" style="0"/>
-    <col min="2" max="2" width="13.6640625" customWidth="true" style="0"/>
+    <col min="1" max="1" width="17.125" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.75" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
-    <col min="4" max="4" width="11.109375" customWidth="true" style="0"/>
-    <col min="5" max="5" width="36.5546875" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.875" customWidth="true" style="0"/>
+    <col min="5" max="5" width="36.5" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
+    <row r="1" spans="1:7" customHeight="1" ht="15">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="2">
-        <v>46041</v>
+        <v>46093</v>
       </c>
       <c r="E2" t="s">
         <v>7</v>
       </c>
-      <c r="F2">
-[...4 lines deleted...]
-      </c>
+      <c r="F2"/>
+      <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="2">
-        <v>46042</v>
+        <v>46093</v>
       </c>
       <c r="E3" t="s">
         <v>8</v>
       </c>
       <c r="F3" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="G3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:7">
-      <c r="A4" t="s">
-        <v>5</v>
+      <c r="A4">
+        <v>600900388</v>
       </c>
       <c r="B4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D4" s="2">
-        <v>46042</v>
+        <v>46093</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-      <c r="G4"/>
+        <v>11</v>
+      </c>
+      <c r="F4" t="s">
+        <v>106</v>
+      </c>
+      <c r="G4" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="2">
-        <v>46042</v>
+        <v>46093</v>
       </c>
       <c r="E5" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>476998</v>
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>108</v>
       </c>
       <c r="G5" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="2">
-        <v>46042</v>
+        <v>46093</v>
       </c>
       <c r="E6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F6" t="s">
-        <v>86</v>
+        <v>109</v>
       </c>
       <c r="G6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="B7" t="s">
         <v>6</v>
       </c>
       <c r="C7" t="s">
         <v>5</v>
       </c>
       <c r="D7" s="2">
-        <v>46042</v>
+        <v>46094</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-      <c r="G7"/>
+        <v>14</v>
+      </c>
+      <c r="F7" t="s">
+        <v>110</v>
+      </c>
+      <c r="G7" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="8" spans="1:7">
-      <c r="A8" t="s">
-        <v>5</v>
+      <c r="A8">
+        <v>600900379</v>
       </c>
       <c r="B8" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D8" s="2">
-        <v>46042</v>
+        <v>46094</v>
       </c>
       <c r="E8" t="s">
-        <v>13</v>
-[...6 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="F8"/>
+      <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>5</v>
       </c>
       <c r="B9" t="s">
         <v>6</v>
       </c>
       <c r="C9" t="s">
         <v>5</v>
       </c>
       <c r="D9" s="2">
-        <v>46042</v>
+        <v>46094</v>
       </c>
       <c r="E9" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>16</v>
+      </c>
+      <c r="F9">
+        <v>459057</v>
       </c>
       <c r="G9" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>5</v>
       </c>
       <c r="B10" t="s">
         <v>6</v>
       </c>
       <c r="C10" t="s">
         <v>5</v>
       </c>
       <c r="D10" s="2">
-        <v>46042</v>
+        <v>46094</v>
       </c>
       <c r="E10" t="s">
-        <v>15</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="F10"/>
+      <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>5</v>
       </c>
       <c r="B11" t="s">
         <v>6</v>
       </c>
       <c r="C11" t="s">
         <v>5</v>
       </c>
       <c r="D11" s="2">
-        <v>46042</v>
+        <v>46097</v>
       </c>
       <c r="E11" t="s">
-        <v>16</v>
-[...6 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="F11"/>
+      <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>5</v>
       </c>
       <c r="B12" t="s">
         <v>6</v>
       </c>
       <c r="C12" t="s">
         <v>5</v>
       </c>
       <c r="D12" s="2">
-        <v>46042</v>
+        <v>46097</v>
       </c>
       <c r="E12" t="s">
-        <v>17</v>
-[...6 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="F12"/>
+      <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>5</v>
       </c>
       <c r="B13" t="s">
         <v>6</v>
       </c>
       <c r="C13" t="s">
         <v>5</v>
       </c>
       <c r="D13" s="2">
-        <v>46042</v>
+        <v>46097</v>
       </c>
       <c r="E13" t="s">
-        <v>18</v>
-[...6 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F13"/>
+      <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>5</v>
       </c>
       <c r="B14" t="s">
         <v>6</v>
       </c>
       <c r="C14" t="s">
         <v>5</v>
       </c>
       <c r="D14" s="2">
-        <v>46042</v>
+        <v>46097</v>
       </c>
       <c r="E14" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F14"/>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>5</v>
       </c>
       <c r="B15" t="s">
         <v>6</v>
       </c>
       <c r="C15" t="s">
         <v>5</v>
       </c>
       <c r="D15" s="2">
-        <v>46042</v>
+        <v>46097</v>
       </c>
       <c r="E15" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F15"/>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>5</v>
       </c>
       <c r="B16" t="s">
         <v>6</v>
       </c>
       <c r="C16" t="s">
         <v>5</v>
       </c>
       <c r="D16" s="2">
-        <v>46042</v>
+        <v>46097</v>
       </c>
       <c r="E16" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F16"/>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>5</v>
       </c>
       <c r="B17" t="s">
         <v>6</v>
       </c>
       <c r="C17" t="s">
         <v>5</v>
       </c>
       <c r="D17" s="2">
-        <v>46042</v>
+        <v>46097</v>
       </c>
       <c r="E17" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="G17"/>
+        <v>24</v>
+      </c>
+      <c r="F17">
+        <v>394821</v>
+      </c>
+      <c r="G17" t="s">
+        <v>111</v>
+      </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>5</v>
       </c>
       <c r="B18" t="s">
         <v>6</v>
       </c>
       <c r="C18" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="2">
-        <v>46043</v>
+        <v>46097</v>
       </c>
       <c r="E18" t="s">
-        <v>23</v>
-[...6 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="F18"/>
+      <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>5</v>
       </c>
       <c r="B19" t="s">
         <v>6</v>
       </c>
       <c r="C19" t="s">
         <v>5</v>
       </c>
       <c r="D19" s="2">
-        <v>46043</v>
+        <v>46097</v>
       </c>
       <c r="E19" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-      <c r="G19"/>
+        <v>26</v>
+      </c>
+      <c r="F19">
+        <v>373187</v>
+      </c>
+      <c r="G19" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>5</v>
       </c>
       <c r="B20" t="s">
         <v>6</v>
       </c>
       <c r="C20" t="s">
         <v>5</v>
       </c>
       <c r="D20" s="2">
-        <v>46043</v>
+        <v>46097</v>
       </c>
       <c r="E20" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F20"/>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
-      <c r="A21">
-        <v>600900223</v>
+      <c r="A21" t="s">
+        <v>5</v>
       </c>
       <c r="B21" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="C21" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="D21" s="2">
-        <v>46043</v>
+        <v>46097</v>
       </c>
       <c r="E21" t="s">
         <v>28</v>
       </c>
-      <c r="F21">
-        <v>342715</v>
+      <c r="F21" t="s">
+        <v>112</v>
       </c>
       <c r="G21" t="s">
-        <v>94</v>
+        <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:7">
-      <c r="A22" t="s">
-        <v>5</v>
+      <c r="A22">
+        <v>600900382</v>
       </c>
       <c r="B22" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D22" s="2">
-        <v>46043</v>
+        <v>46097</v>
       </c>
       <c r="E22" t="s">
         <v>29</v>
       </c>
       <c r="F22">
-        <v>400590</v>
+        <v>496169</v>
       </c>
       <c r="G22" t="s">
-        <v>29</v>
+        <v>113</v>
       </c>
     </row>
     <row r="23" spans="1:7">
-      <c r="A23">
-        <v>600900222</v>
+      <c r="A23" t="s">
+        <v>5</v>
       </c>
       <c r="B23" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="C23" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="D23" s="2">
-        <v>46043</v>
+        <v>46097</v>
       </c>
       <c r="E23" t="s">
         <v>30</v>
       </c>
       <c r="F23"/>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>5</v>
       </c>
       <c r="B24" t="s">
         <v>6</v>
       </c>
       <c r="C24" t="s">
         <v>5</v>
       </c>
       <c r="D24" s="2">
-        <v>46043</v>
+        <v>46097</v>
       </c>
       <c r="E24" t="s">
         <v>31</v>
       </c>
-      <c r="F24">
-[...4 lines deleted...]
-      </c>
+      <c r="F24"/>
+      <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>5</v>
       </c>
       <c r="B25" t="s">
         <v>6</v>
       </c>
       <c r="C25" t="s">
         <v>5</v>
       </c>
       <c r="D25" s="2">
-        <v>46043</v>
+        <v>46097</v>
       </c>
       <c r="E25" t="s">
         <v>32</v>
       </c>
-      <c r="F25" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F25"/>
+      <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>5</v>
       </c>
       <c r="B26" t="s">
         <v>6</v>
       </c>
       <c r="C26" t="s">
         <v>5</v>
       </c>
       <c r="D26" s="2">
-        <v>46043</v>
+        <v>46097</v>
       </c>
       <c r="E26" t="s">
         <v>33</v>
       </c>
       <c r="F26">
-        <v>211775</v>
+        <v>526639</v>
       </c>
       <c r="G26" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>5</v>
       </c>
       <c r="B27" t="s">
         <v>6</v>
       </c>
       <c r="C27" t="s">
         <v>5</v>
       </c>
       <c r="D27" s="2">
-        <v>46043</v>
+        <v>46097</v>
       </c>
       <c r="E27" t="s">
         <v>34</v>
       </c>
       <c r="F27"/>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>5</v>
       </c>
       <c r="B28" t="s">
         <v>6</v>
       </c>
       <c r="C28" t="s">
         <v>5</v>
       </c>
       <c r="D28" s="2">
-        <v>46044</v>
+        <v>46097</v>
       </c>
       <c r="E28" t="s">
         <v>35</v>
       </c>
       <c r="F28"/>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
-      <c r="A29" t="s">
-        <v>5</v>
+      <c r="A29">
+        <v>600900381</v>
       </c>
       <c r="B29" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D29" s="2">
-        <v>46044</v>
+        <v>46097</v>
       </c>
       <c r="E29" t="s">
         <v>36</v>
       </c>
-      <c r="F29">
-[...4 lines deleted...]
-      </c>
+      <c r="F29"/>
+      <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>5</v>
       </c>
       <c r="B30" t="s">
         <v>6</v>
       </c>
       <c r="C30" t="s">
         <v>5</v>
       </c>
       <c r="D30" s="2">
-        <v>46044</v>
+        <v>46097</v>
       </c>
       <c r="E30" t="s">
         <v>37</v>
       </c>
-      <c r="F30" t="s">
-        <v>97</v>
+      <c r="F30">
+        <v>393842</v>
       </c>
       <c r="G30" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>5</v>
       </c>
       <c r="B31" t="s">
         <v>6</v>
       </c>
       <c r="C31" t="s">
         <v>5</v>
       </c>
       <c r="D31" s="2">
-        <v>46044</v>
+        <v>46097</v>
       </c>
       <c r="E31" t="s">
         <v>38</v>
       </c>
-      <c r="F31"/>
-      <c r="G31"/>
+      <c r="F31">
+        <v>428596</v>
+      </c>
+      <c r="G31" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>5</v>
       </c>
       <c r="B32" t="s">
         <v>6</v>
       </c>
       <c r="C32" t="s">
         <v>5</v>
       </c>
       <c r="D32" s="2">
-        <v>46044</v>
+        <v>46097</v>
       </c>
       <c r="E32" t="s">
         <v>39</v>
       </c>
       <c r="F32">
-        <v>510942</v>
+        <v>506961</v>
       </c>
       <c r="G32" t="s">
-        <v>98</v>
+        <v>114</v>
       </c>
     </row>
     <row r="33" spans="1:7">
-      <c r="A33" t="s">
-        <v>5</v>
+      <c r="A33">
+        <v>600900391</v>
       </c>
       <c r="B33" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D33" s="2">
-        <v>46044</v>
+        <v>46097</v>
       </c>
       <c r="E33" t="s">
         <v>40</v>
       </c>
-      <c r="F33"/>
-      <c r="G33"/>
+      <c r="F33">
+        <v>375532</v>
+      </c>
+      <c r="G33" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>5</v>
       </c>
       <c r="B34" t="s">
         <v>6</v>
       </c>
       <c r="C34" t="s">
         <v>5</v>
       </c>
       <c r="D34" s="2">
-        <v>46044</v>
+        <v>46097</v>
       </c>
       <c r="E34" t="s">
         <v>41</v>
       </c>
-      <c r="F34"/>
-      <c r="G34"/>
+      <c r="F34" t="s">
+        <v>115</v>
+      </c>
+      <c r="G34" t="s">
+        <v>116</v>
+      </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>5</v>
       </c>
       <c r="B35" t="s">
         <v>6</v>
       </c>
       <c r="C35" t="s">
         <v>5</v>
       </c>
       <c r="D35" s="2">
-        <v>46044</v>
+        <v>46097</v>
       </c>
       <c r="E35" t="s">
         <v>42</v>
       </c>
-      <c r="F35">
-[...4 lines deleted...]
-      </c>
+      <c r="F35"/>
+      <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>5</v>
       </c>
       <c r="B36" t="s">
         <v>6</v>
       </c>
       <c r="C36" t="s">
         <v>5</v>
       </c>
       <c r="D36" s="2">
-        <v>46044</v>
+        <v>46097</v>
       </c>
       <c r="E36" t="s">
         <v>43</v>
       </c>
-      <c r="F36" t="s">
-        <v>99</v>
+      <c r="F36">
+        <v>362817</v>
       </c>
       <c r="G36" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>5</v>
       </c>
       <c r="B37" t="s">
         <v>6</v>
       </c>
       <c r="C37" t="s">
         <v>5</v>
       </c>
       <c r="D37" s="2">
-        <v>46044</v>
+        <v>46097</v>
       </c>
       <c r="E37" t="s">
         <v>44</v>
       </c>
-      <c r="F37">
-[...4 lines deleted...]
-      </c>
+      <c r="F37"/>
+      <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>5</v>
       </c>
       <c r="B38" t="s">
         <v>6</v>
       </c>
       <c r="C38" t="s">
         <v>5</v>
       </c>
       <c r="D38" s="2">
-        <v>46044</v>
+        <v>46097</v>
       </c>
       <c r="E38" t="s">
         <v>45</v>
       </c>
       <c r="F38"/>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
-      <c r="A39" t="s">
-        <v>5</v>
+      <c r="A39">
+        <v>600900380</v>
       </c>
       <c r="B39" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D39" s="2">
-        <v>46044</v>
+        <v>46097</v>
       </c>
       <c r="E39" t="s">
         <v>46</v>
       </c>
-      <c r="F39"/>
-      <c r="G39"/>
+      <c r="F39">
+        <v>308035</v>
+      </c>
+      <c r="G39" t="s">
+        <v>117</v>
+      </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>5</v>
       </c>
       <c r="B40" t="s">
         <v>6</v>
       </c>
       <c r="C40" t="s">
         <v>5</v>
       </c>
       <c r="D40" s="2">
-        <v>46044</v>
+        <v>46097</v>
       </c>
       <c r="E40" t="s">
         <v>47</v>
       </c>
       <c r="F40">
-        <v>5110</v>
+        <v>241301</v>
       </c>
       <c r="G40" t="s">
-        <v>101</v>
+        <v>47</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>5</v>
       </c>
       <c r="B41" t="s">
         <v>6</v>
       </c>
       <c r="C41" t="s">
         <v>5</v>
       </c>
       <c r="D41" s="2">
-        <v>46044</v>
+        <v>46098</v>
       </c>
       <c r="E41" t="s">
         <v>48</v>
       </c>
-      <c r="F41" t="s">
-        <v>102</v>
+      <c r="F41">
+        <v>250450</v>
       </c>
       <c r="G41" t="s">
-        <v>103</v>
+        <v>48</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>5</v>
       </c>
       <c r="B42" t="s">
         <v>6</v>
       </c>
       <c r="C42" t="s">
         <v>5</v>
       </c>
       <c r="D42" s="2">
-        <v>46044</v>
+        <v>46098</v>
       </c>
       <c r="E42" t="s">
         <v>49</v>
       </c>
-      <c r="F42" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F42"/>
+      <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>5</v>
       </c>
       <c r="B43" t="s">
         <v>6</v>
       </c>
       <c r="C43" t="s">
         <v>5</v>
       </c>
       <c r="D43" s="2">
-        <v>46044</v>
+        <v>46098</v>
       </c>
       <c r="E43" t="s">
         <v>50</v>
       </c>
-      <c r="F43"/>
-      <c r="G43"/>
+      <c r="F43">
+        <v>354833</v>
+      </c>
+      <c r="G43" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>5</v>
       </c>
       <c r="B44" t="s">
         <v>6</v>
       </c>
       <c r="C44" t="s">
         <v>5</v>
       </c>
       <c r="D44" s="2">
-        <v>46044</v>
+        <v>46098</v>
       </c>
       <c r="E44" t="s">
         <v>51</v>
       </c>
       <c r="F44">
-        <v>440685</v>
+        <v>528062</v>
       </c>
       <c r="G44" t="s">
-        <v>51</v>
+        <v>118</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>5</v>
       </c>
       <c r="B45" t="s">
         <v>6</v>
       </c>
       <c r="C45" t="s">
         <v>5</v>
       </c>
       <c r="D45" s="2">
-        <v>46044</v>
+        <v>46098</v>
       </c>
       <c r="E45" t="s">
         <v>52</v>
       </c>
-      <c r="F45" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F45"/>
+      <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
-      <c r="A46">
-        <v>600900224</v>
+      <c r="A46" t="s">
+        <v>5</v>
       </c>
       <c r="B46" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="C46" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="D46" s="2">
-        <v>46044</v>
+        <v>46098</v>
       </c>
       <c r="E46" t="s">
         <v>53</v>
       </c>
-      <c r="F46"/>
-      <c r="G46"/>
+      <c r="F46">
+        <v>477015</v>
+      </c>
+      <c r="G46" t="s">
+        <v>119</v>
+      </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>5</v>
       </c>
       <c r="B47" t="s">
         <v>6</v>
       </c>
       <c r="C47" t="s">
         <v>5</v>
       </c>
       <c r="D47" s="2">
-        <v>46044</v>
+        <v>46098</v>
       </c>
       <c r="E47" t="s">
         <v>54</v>
       </c>
-      <c r="F47">
-[...4 lines deleted...]
-      </c>
+      <c r="F47"/>
+      <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>5</v>
       </c>
       <c r="B48" t="s">
         <v>6</v>
       </c>
       <c r="C48" t="s">
         <v>5</v>
       </c>
       <c r="D48" s="2">
-        <v>46044</v>
+        <v>46098</v>
       </c>
       <c r="E48" t="s">
         <v>55</v>
       </c>
-      <c r="F48" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F48"/>
+      <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
-      <c r="A49">
-        <v>600900225</v>
+      <c r="A49" t="s">
+        <v>5</v>
       </c>
       <c r="B49" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="C49" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="D49" s="2">
-        <v>46044</v>
+        <v>46098</v>
       </c>
       <c r="E49" t="s">
         <v>56</v>
       </c>
-      <c r="F49" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F49"/>
+      <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>5</v>
       </c>
       <c r="B50" t="s">
         <v>6</v>
       </c>
       <c r="C50" t="s">
         <v>5</v>
       </c>
       <c r="D50" s="2">
-        <v>46044</v>
+        <v>46098</v>
       </c>
       <c r="E50" t="s">
         <v>57</v>
       </c>
-      <c r="F50"/>
-      <c r="G50"/>
+      <c r="F50">
+        <v>441541</v>
+      </c>
+      <c r="G50" t="s">
+        <v>120</v>
+      </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>5</v>
       </c>
       <c r="B51" t="s">
         <v>6</v>
       </c>
       <c r="C51" t="s">
         <v>5</v>
       </c>
       <c r="D51" s="2">
-        <v>46044</v>
+        <v>46098</v>
       </c>
       <c r="E51" t="s">
         <v>58</v>
       </c>
-      <c r="F51" t="s">
-        <v>109</v>
+      <c r="F51">
+        <v>231113</v>
       </c>
       <c r="G51" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>5</v>
       </c>
       <c r="B52" t="s">
         <v>6</v>
       </c>
       <c r="C52" t="s">
         <v>5</v>
       </c>
       <c r="D52" s="2">
-        <v>46044</v>
+        <v>46098</v>
       </c>
       <c r="E52" t="s">
         <v>59</v>
       </c>
-      <c r="F52" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F52"/>
+      <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>5</v>
       </c>
       <c r="B53" t="s">
         <v>6</v>
       </c>
       <c r="C53" t="s">
         <v>5</v>
       </c>
       <c r="D53" s="2">
-        <v>46044</v>
+        <v>46098</v>
       </c>
       <c r="E53" t="s">
         <v>60</v>
       </c>
-      <c r="F53">
-[...4 lines deleted...]
-      </c>
+      <c r="F53"/>
+      <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
-      <c r="A54" t="s">
-        <v>5</v>
+      <c r="A54">
+        <v>600900383</v>
       </c>
       <c r="B54" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D54" s="2">
-        <v>46044</v>
+        <v>46098</v>
       </c>
       <c r="E54" t="s">
         <v>61</v>
       </c>
-      <c r="F54" t="s">
-        <v>112</v>
+      <c r="F54">
+        <v>509353</v>
       </c>
       <c r="G54" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>5</v>
       </c>
       <c r="B55" t="s">
         <v>6</v>
       </c>
       <c r="C55" t="s">
         <v>5</v>
       </c>
       <c r="D55" s="2">
-        <v>46044</v>
+        <v>46098</v>
       </c>
       <c r="E55" t="s">
         <v>62</v>
       </c>
       <c r="F55"/>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>5</v>
       </c>
       <c r="B56" t="s">
         <v>6</v>
       </c>
       <c r="C56" t="s">
         <v>5</v>
       </c>
       <c r="D56" s="2">
-        <v>46045</v>
+        <v>46098</v>
       </c>
       <c r="E56" t="s">
         <v>63</v>
       </c>
       <c r="F56">
-        <v>247251</v>
+        <v>236889</v>
       </c>
       <c r="G56" t="s">
-        <v>113</v>
+        <v>63</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>5</v>
       </c>
       <c r="B57" t="s">
         <v>6</v>
       </c>
       <c r="C57" t="s">
         <v>5</v>
       </c>
       <c r="D57" s="2">
-        <v>46045</v>
+        <v>46098</v>
       </c>
       <c r="E57" t="s">
         <v>64</v>
       </c>
-      <c r="F57" t="s">
-        <v>114</v>
+      <c r="F57">
+        <v>346970</v>
       </c>
       <c r="G57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>5</v>
       </c>
       <c r="B58" t="s">
         <v>6</v>
       </c>
       <c r="C58" t="s">
         <v>5</v>
       </c>
       <c r="D58" s="2">
-        <v>46045</v>
+        <v>46098</v>
       </c>
       <c r="E58" t="s">
         <v>65</v>
       </c>
       <c r="F58"/>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>5</v>
       </c>
       <c r="B59" t="s">
         <v>6</v>
       </c>
       <c r="C59" t="s">
         <v>5</v>
       </c>
       <c r="D59" s="2">
-        <v>46045</v>
+        <v>46098</v>
       </c>
       <c r="E59" t="s">
         <v>66</v>
       </c>
       <c r="F59"/>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>5</v>
       </c>
       <c r="B60" t="s">
         <v>6</v>
       </c>
       <c r="C60" t="s">
         <v>5</v>
       </c>
       <c r="D60" s="2">
-        <v>46045</v>
+        <v>46098</v>
       </c>
       <c r="E60" t="s">
         <v>67</v>
       </c>
-      <c r="F60">
-[...4 lines deleted...]
-      </c>
+      <c r="F60"/>
+      <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>5</v>
       </c>
       <c r="B61" t="s">
         <v>6</v>
       </c>
       <c r="C61" t="s">
         <v>5</v>
       </c>
       <c r="D61" s="2">
-        <v>46045</v>
+        <v>46098</v>
       </c>
       <c r="E61" t="s">
         <v>68</v>
       </c>
       <c r="F61"/>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>5</v>
       </c>
       <c r="B62" t="s">
         <v>6</v>
       </c>
       <c r="C62" t="s">
         <v>5</v>
       </c>
       <c r="D62" s="2">
-        <v>46045</v>
+        <v>46098</v>
       </c>
       <c r="E62" t="s">
         <v>69</v>
       </c>
-      <c r="F62">
-        <v>372383</v>
+      <c r="F62" t="s">
+        <v>122</v>
       </c>
       <c r="G62" t="s">
-        <v>69</v>
+        <v>123</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>5</v>
       </c>
       <c r="B63" t="s">
         <v>6</v>
       </c>
       <c r="C63" t="s">
         <v>5</v>
       </c>
       <c r="D63" s="2">
-        <v>46045</v>
+        <v>46099</v>
       </c>
       <c r="E63" t="s">
         <v>70</v>
       </c>
-      <c r="F63">
-[...4 lines deleted...]
-      </c>
+      <c r="F63"/>
+      <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>5</v>
       </c>
       <c r="B64" t="s">
         <v>6</v>
       </c>
       <c r="C64" t="s">
         <v>5</v>
       </c>
       <c r="D64" s="2">
-        <v>46045</v>
+        <v>46099</v>
       </c>
       <c r="E64" t="s">
         <v>71</v>
       </c>
       <c r="F64">
-        <v>235085</v>
+        <v>516555</v>
       </c>
       <c r="G64" t="s">
-        <v>71</v>
+        <v>124</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>5</v>
       </c>
       <c r="B65" t="s">
         <v>6</v>
       </c>
       <c r="C65" t="s">
         <v>5</v>
       </c>
       <c r="D65" s="2">
-        <v>46045</v>
+        <v>46099</v>
       </c>
       <c r="E65" t="s">
         <v>72</v>
       </c>
-      <c r="F65" t="s">
-        <v>116</v>
+      <c r="F65">
+        <v>481754</v>
       </c>
       <c r="G65" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>5</v>
       </c>
       <c r="B66" t="s">
         <v>6</v>
       </c>
       <c r="C66" t="s">
         <v>5</v>
       </c>
       <c r="D66" s="2">
-        <v>46045</v>
+        <v>46099</v>
       </c>
       <c r="E66" t="s">
         <v>73</v>
       </c>
-      <c r="F66" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F66"/>
+      <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>5</v>
       </c>
       <c r="B67" t="s">
         <v>6</v>
       </c>
       <c r="C67" t="s">
         <v>5</v>
       </c>
       <c r="D67" s="2">
-        <v>46045</v>
+        <v>46099</v>
       </c>
       <c r="E67" t="s">
         <v>74</v>
       </c>
-      <c r="F67"/>
-      <c r="G67"/>
+      <c r="F67">
+        <v>476512</v>
+      </c>
+      <c r="G67" t="s">
+        <v>125</v>
+      </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68">
-        <v>600900226</v>
+        <v>600900390</v>
       </c>
       <c r="B68" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="D68" s="2">
-        <v>46045</v>
+        <v>46099</v>
       </c>
       <c r="E68" t="s">
         <v>75</v>
       </c>
       <c r="F68"/>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>5</v>
       </c>
       <c r="B69" t="s">
         <v>6</v>
       </c>
       <c r="C69" t="s">
         <v>5</v>
       </c>
       <c r="D69" s="2">
-        <v>46045</v>
+        <v>46099</v>
       </c>
       <c r="E69" t="s">
         <v>76</v>
       </c>
       <c r="F69"/>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>5</v>
       </c>
       <c r="B70" t="s">
         <v>6</v>
       </c>
       <c r="C70" t="s">
         <v>5</v>
       </c>
       <c r="D70" s="2">
-        <v>46045</v>
+        <v>46099</v>
       </c>
       <c r="E70" t="s">
         <v>77</v>
       </c>
       <c r="F70"/>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>5</v>
       </c>
       <c r="B71" t="s">
         <v>6</v>
       </c>
       <c r="C71" t="s">
         <v>5</v>
       </c>
       <c r="D71" s="2">
-        <v>46045</v>
+        <v>46099</v>
       </c>
       <c r="E71" t="s">
         <v>78</v>
       </c>
       <c r="F71"/>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
-      <c r="A72" t="s">
-        <v>5</v>
+      <c r="A72">
+        <v>600900387</v>
       </c>
       <c r="B72" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D72" s="2">
-        <v>46045</v>
+        <v>46099</v>
       </c>
       <c r="E72" t="s">
         <v>79</v>
       </c>
       <c r="F72">
-        <v>393240</v>
+        <v>5862</v>
       </c>
       <c r="G72" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="73" spans="1:7">
-      <c r="A73" t="s">
-        <v>5</v>
+      <c r="A73">
+        <v>600900386</v>
       </c>
       <c r="B73" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D73" s="2">
-        <v>46045</v>
+        <v>46099</v>
       </c>
       <c r="E73" t="s">
         <v>80</v>
       </c>
-      <c r="F73"/>
-      <c r="G73"/>
+      <c r="F73" t="s">
+        <v>126</v>
+      </c>
+      <c r="G73" t="s">
+        <v>80</v>
+      </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>5</v>
       </c>
       <c r="B74" t="s">
         <v>6</v>
       </c>
       <c r="C74" t="s">
         <v>5</v>
       </c>
       <c r="D74" s="2">
-        <v>46045</v>
+        <v>46099</v>
       </c>
       <c r="E74" t="s">
         <v>81</v>
       </c>
-      <c r="F74" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F74"/>
+      <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>5</v>
       </c>
       <c r="B75" t="s">
         <v>6</v>
       </c>
       <c r="C75" t="s">
         <v>5</v>
       </c>
       <c r="D75" s="2">
-        <v>46045</v>
+        <v>46099</v>
       </c>
       <c r="E75" t="s">
         <v>82</v>
       </c>
-      <c r="F75">
-[...4 lines deleted...]
-      </c>
+      <c r="F75"/>
+      <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>5</v>
       </c>
       <c r="B76" t="s">
         <v>6</v>
       </c>
       <c r="C76" t="s">
         <v>5</v>
       </c>
       <c r="D76" s="2">
-        <v>46045</v>
+        <v>46099</v>
       </c>
       <c r="E76" t="s">
         <v>83</v>
       </c>
-      <c r="F76"/>
-      <c r="G76"/>
+      <c r="F76" t="s">
+        <v>127</v>
+      </c>
+      <c r="G76" t="s">
+        <v>83</v>
+      </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>5</v>
       </c>
       <c r="B77" t="s">
         <v>6</v>
       </c>
       <c r="C77" t="s">
         <v>5</v>
       </c>
       <c r="D77" s="2">
-        <v>46045</v>
+        <v>46099</v>
       </c>
       <c r="E77" t="s">
         <v>84</v>
       </c>
       <c r="F77" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="G77" t="s">
-        <v>84</v>
+        <v>129</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7">
+      <c r="A78" t="s">
+        <v>5</v>
+      </c>
+      <c r="B78" t="s">
+        <v>6</v>
+      </c>
+      <c r="C78" t="s">
+        <v>5</v>
+      </c>
+      <c r="D78" s="2">
+        <v>46099</v>
+      </c>
+      <c r="E78" t="s">
+        <v>85</v>
+      </c>
+      <c r="F78"/>
+      <c r="G78"/>
+    </row>
+    <row r="79" spans="1:7">
+      <c r="A79">
+        <v>600900385</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>10</v>
+      </c>
+      <c r="D79" s="2">
+        <v>46099</v>
+      </c>
+      <c r="E79" t="s">
+        <v>86</v>
+      </c>
+      <c r="F79"/>
+      <c r="G79"/>
+    </row>
+    <row r="80" spans="1:7">
+      <c r="A80" t="s">
+        <v>5</v>
+      </c>
+      <c r="B80" t="s">
+        <v>6</v>
+      </c>
+      <c r="C80" t="s">
+        <v>5</v>
+      </c>
+      <c r="D80" s="2">
+        <v>46099</v>
+      </c>
+      <c r="E80" t="s">
+        <v>87</v>
+      </c>
+      <c r="F80">
+        <v>358199</v>
+      </c>
+      <c r="G80" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7">
+      <c r="A81" t="s">
+        <v>5</v>
+      </c>
+      <c r="B81" t="s">
+        <v>6</v>
+      </c>
+      <c r="C81" t="s">
+        <v>5</v>
+      </c>
+      <c r="D81" s="2">
+        <v>46099</v>
+      </c>
+      <c r="E81" t="s">
+        <v>88</v>
+      </c>
+      <c r="F81"/>
+      <c r="G81"/>
+    </row>
+    <row r="82" spans="1:7">
+      <c r="A82" t="s">
+        <v>5</v>
+      </c>
+      <c r="B82" t="s">
+        <v>6</v>
+      </c>
+      <c r="C82" t="s">
+        <v>5</v>
+      </c>
+      <c r="D82" s="2">
+        <v>46100</v>
+      </c>
+      <c r="E82" t="s">
+        <v>89</v>
+      </c>
+      <c r="F82"/>
+      <c r="G82"/>
+    </row>
+    <row r="83" spans="1:7">
+      <c r="A83" t="s">
+        <v>5</v>
+      </c>
+      <c r="B83" t="s">
+        <v>6</v>
+      </c>
+      <c r="C83" t="s">
+        <v>5</v>
+      </c>
+      <c r="D83" s="2">
+        <v>46100</v>
+      </c>
+      <c r="E83" t="s">
+        <v>90</v>
+      </c>
+      <c r="F83">
+        <v>375083</v>
+      </c>
+      <c r="G83" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7">
+      <c r="A84" t="s">
+        <v>5</v>
+      </c>
+      <c r="B84" t="s">
+        <v>6</v>
+      </c>
+      <c r="C84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D84" s="2">
+        <v>46100</v>
+      </c>
+      <c r="E84" t="s">
+        <v>91</v>
+      </c>
+      <c r="F84"/>
+      <c r="G84"/>
+    </row>
+    <row r="85" spans="1:7">
+      <c r="A85" t="s">
+        <v>5</v>
+      </c>
+      <c r="B85" t="s">
+        <v>6</v>
+      </c>
+      <c r="C85" t="s">
+        <v>5</v>
+      </c>
+      <c r="D85" s="2">
+        <v>46100</v>
+      </c>
+      <c r="E85" t="s">
+        <v>92</v>
+      </c>
+      <c r="F85" t="s">
+        <v>131</v>
+      </c>
+      <c r="G85" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7">
+      <c r="A86" t="s">
+        <v>5</v>
+      </c>
+      <c r="B86" t="s">
+        <v>6</v>
+      </c>
+      <c r="C86" t="s">
+        <v>5</v>
+      </c>
+      <c r="D86" s="2">
+        <v>46100</v>
+      </c>
+      <c r="E86" t="s">
+        <v>93</v>
+      </c>
+      <c r="F86"/>
+      <c r="G86"/>
+    </row>
+    <row r="87" spans="1:7">
+      <c r="A87" t="s">
+        <v>5</v>
+      </c>
+      <c r="B87" t="s">
+        <v>6</v>
+      </c>
+      <c r="C87" t="s">
+        <v>5</v>
+      </c>
+      <c r="D87" s="2">
+        <v>46100</v>
+      </c>
+      <c r="E87" t="s">
+        <v>94</v>
+      </c>
+      <c r="F87"/>
+      <c r="G87"/>
+    </row>
+    <row r="88" spans="1:7">
+      <c r="A88" t="s">
+        <v>5</v>
+      </c>
+      <c r="B88" t="s">
+        <v>6</v>
+      </c>
+      <c r="C88" t="s">
+        <v>5</v>
+      </c>
+      <c r="D88" s="2">
+        <v>46100</v>
+      </c>
+      <c r="E88" t="s">
+        <v>95</v>
+      </c>
+      <c r="F88">
+        <v>338093</v>
+      </c>
+      <c r="G88" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7">
+      <c r="A89" t="s">
+        <v>5</v>
+      </c>
+      <c r="B89" t="s">
+        <v>6</v>
+      </c>
+      <c r="C89" t="s">
+        <v>5</v>
+      </c>
+      <c r="D89" s="2">
+        <v>46100</v>
+      </c>
+      <c r="E89" t="s">
+        <v>96</v>
+      </c>
+      <c r="F89" t="s">
+        <v>132</v>
+      </c>
+      <c r="G89" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7">
+      <c r="A90" t="s">
+        <v>5</v>
+      </c>
+      <c r="B90" t="s">
+        <v>6</v>
+      </c>
+      <c r="C90" t="s">
+        <v>5</v>
+      </c>
+      <c r="D90" s="2">
+        <v>46100</v>
+      </c>
+      <c r="E90" t="s">
+        <v>97</v>
+      </c>
+      <c r="F90">
+        <v>352845</v>
+      </c>
+      <c r="G90" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7">
+      <c r="A91" t="s">
+        <v>5</v>
+      </c>
+      <c r="B91" t="s">
+        <v>6</v>
+      </c>
+      <c r="C91" t="s">
+        <v>5</v>
+      </c>
+      <c r="D91" s="2">
+        <v>46100</v>
+      </c>
+      <c r="E91" t="s">
+        <v>98</v>
+      </c>
+      <c r="F91" t="s">
+        <v>134</v>
+      </c>
+      <c r="G91" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7">
+      <c r="A92" t="s">
+        <v>5</v>
+      </c>
+      <c r="B92" t="s">
+        <v>6</v>
+      </c>
+      <c r="C92" t="s">
+        <v>5</v>
+      </c>
+      <c r="D92" s="2">
+        <v>46100</v>
+      </c>
+      <c r="E92" t="s">
+        <v>99</v>
+      </c>
+      <c r="F92">
+        <v>474164</v>
+      </c>
+      <c r="G92" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7">
+      <c r="A93" t="s">
+        <v>5</v>
+      </c>
+      <c r="B93" t="s">
+        <v>6</v>
+      </c>
+      <c r="C93" t="s">
+        <v>5</v>
+      </c>
+      <c r="D93" s="2">
+        <v>46100</v>
+      </c>
+      <c r="E93" t="s">
+        <v>100</v>
+      </c>
+      <c r="F93">
+        <v>535984</v>
+      </c>
+      <c r="G93" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7">
+      <c r="A94" t="s">
+        <v>5</v>
+      </c>
+      <c r="B94" t="s">
+        <v>6</v>
+      </c>
+      <c r="C94" t="s">
+        <v>5</v>
+      </c>
+      <c r="D94" s="2">
+        <v>46100</v>
+      </c>
+      <c r="E94" t="s">
+        <v>101</v>
+      </c>
+      <c r="F94" t="s">
+        <v>136</v>
+      </c>
+      <c r="G94" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7">
+      <c r="A95" t="s">
+        <v>5</v>
+      </c>
+      <c r="B95" t="s">
+        <v>6</v>
+      </c>
+      <c r="C95" t="s">
+        <v>5</v>
+      </c>
+      <c r="D95" s="2">
+        <v>46101</v>
+      </c>
+      <c r="E95" t="s">
+        <v>102</v>
+      </c>
+      <c r="F95" t="s">
+        <v>138</v>
+      </c>
+      <c r="G95" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7">
+      <c r="A96" t="s">
+        <v>5</v>
+      </c>
+      <c r="B96" t="s">
+        <v>6</v>
+      </c>
+      <c r="C96" t="s">
+        <v>5</v>
+      </c>
+      <c r="D96" s="2">
+        <v>46101</v>
+      </c>
+      <c r="E96" t="s">
+        <v>103</v>
+      </c>
+      <c r="F96">
+        <v>308328</v>
+      </c>
+      <c r="G96" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7">
+      <c r="A97" t="s">
+        <v>5</v>
+      </c>
+      <c r="B97" t="s">
+        <v>6</v>
+      </c>
+      <c r="C97" t="s">
+        <v>5</v>
+      </c>
+      <c r="D97" s="2">
+        <v>46101</v>
+      </c>
+      <c r="E97" t="s">
+        <v>104</v>
+      </c>
+      <c r="F97">
+        <v>335978</v>
+      </c>
+      <c r="G97" t="s">
+        <v>104</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:E1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>