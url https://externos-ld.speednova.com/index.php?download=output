--- v0 (2025-12-06)
+++ v1 (2026-01-30)
@@ -15,1150 +15,462 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LISTADO_ACTAS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'LISTADO_ACTAS'!$A$1:$E$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="346">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>NUMERO DE ACTA</t>
   </si>
   <si>
     <t>TIPO</t>
   </si>
   <si>
     <t>MODALIDAD</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>DIRECCION</t>
   </si>
   <si>
-    <t>Acta de Inspección</t>
-[...1019 lines deleted...]
-    <t>ALSINA, ADOLFO 3007 / 3001</t>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>SIN IRREGULARIDADES</t>
+  </si>
+  <si>
+    <t>SARMIENTO 3962</t>
+  </si>
+  <si>
+    <t>CONCORDIA 663</t>
+  </si>
+  <si>
+    <t>CONCORDIA 647</t>
+  </si>
+  <si>
+    <t>PAEZ 3250</t>
+  </si>
+  <si>
+    <t>ARANGUREN, JUAN F., Dr. 2942</t>
+  </si>
+  <si>
+    <t>ECHEVERRIA 2771</t>
+  </si>
+  <si>
+    <t>ECHEVERRIA 2610</t>
+  </si>
+  <si>
+    <t>AMENABAR 1939</t>
+  </si>
+  <si>
+    <t>MARTINEZ ROSAS 1336</t>
+  </si>
+  <si>
+    <t>HUMBOLDT 42</t>
+  </si>
+  <si>
+    <t>DORREGO AV. 301</t>
+  </si>
+  <si>
+    <t>HUMBOLDT 67</t>
+  </si>
+  <si>
+    <t>PARAGUAY 2367</t>
+  </si>
+  <si>
+    <t>SANTA FE AV. 2528</t>
+  </si>
+  <si>
+    <t>SANTA FE AV. 2399</t>
+  </si>
+  <si>
+    <t>ARENALES 2346</t>
+  </si>
+  <si>
+    <t>GUAMINI 2464</t>
+  </si>
+  <si>
+    <t>MONTIEL 2308</t>
+  </si>
+  <si>
+    <t>BRAGADO 7218</t>
+  </si>
+  <si>
+    <t>ACTA DE COMPROBACIÓN</t>
+  </si>
+  <si>
+    <t>DIGITAL</t>
+  </si>
+  <si>
+    <t>SUAREZ, JOSE LEON 2165</t>
+  </si>
+  <si>
+    <t>SALGUERO, JERONIMO 650</t>
+  </si>
+  <si>
+    <t>BULNES 645</t>
+  </si>
+  <si>
+    <t>ACOYTE 1326</t>
+  </si>
+  <si>
+    <t>ANTEZANA 261</t>
+  </si>
+  <si>
+    <t>FIGUEROA, D. APOLINARIO, CORONEL 232</t>
+  </si>
+  <si>
+    <t>GANDHI, MAHATMA 400</t>
+  </si>
+  <si>
+    <t>LA PAMPA 2454</t>
+  </si>
+  <si>
+    <t>LA PAMPA 2428</t>
+  </si>
+  <si>
+    <t>CABILDO AV. 1721</t>
+  </si>
+  <si>
+    <t>CIUDAD DE LA PAZ 1776</t>
+  </si>
+  <si>
+    <t>ALVEAR, MARCELO T. De 861</t>
+  </si>
+  <si>
+    <t>ARAOZ 149</t>
+  </si>
+  <si>
+    <t>GALLARDO, ANGEL AV. 543</t>
+  </si>
+  <si>
+    <t>WARNES AV. 41</t>
+  </si>
+  <si>
+    <t>CAMARGO 232</t>
+  </si>
+  <si>
+    <t>ECHEANDIA 3881</t>
+  </si>
+  <si>
+    <t>MOZART 1886</t>
+  </si>
+  <si>
+    <t>HUBAC 4702</t>
+  </si>
+  <si>
+    <t>HUBAC 4870</t>
+  </si>
+  <si>
+    <t>JURAMENTO AV. 1520</t>
+  </si>
+  <si>
+    <t>MONTAÑESES 2074</t>
+  </si>
+  <si>
+    <t>MONTAÑESES 2062</t>
+  </si>
+  <si>
+    <t>LACROZE, FEDERICO AV. 2801</t>
+  </si>
+  <si>
+    <t>MENDOZA 2607</t>
+  </si>
+  <si>
+    <t>OLLEROS 2787</t>
+  </si>
+  <si>
+    <t>SUIPACHA 428</t>
+  </si>
+  <si>
+    <t>JURAMENTO 1640</t>
+  </si>
+  <si>
+    <t>CIUDAD DE LA PAZ 415</t>
+  </si>
+  <si>
+    <t>CIUDAD DE LA PAZ 516</t>
+  </si>
+  <si>
+    <t>ARREDONDO, Virrey 2562</t>
+  </si>
+  <si>
+    <t>AMENABAR 786</t>
+  </si>
+  <si>
+    <t>MOSCONI GENERAL AV. 2724</t>
+  </si>
+  <si>
+    <t>TERRADA 4237</t>
+  </si>
+  <si>
+    <t>OLAZABAL AV. 5629</t>
+  </si>
+  <si>
+    <t>LARRAZABAL 1456</t>
+  </si>
+  <si>
+    <t>ALBERDI, JUAN BAUTISTA AV. 5525</t>
+  </si>
+  <si>
+    <t>ALBERDI, JUAN BAUTISTA AV. 5689</t>
+  </si>
+  <si>
+    <t>BASUALDO 839</t>
+  </si>
+  <si>
+    <t>CORDOBA AV. 5610</t>
+  </si>
+  <si>
+    <t>CORDOBA AV. 5672</t>
+  </si>
+  <si>
+    <t>BONPLAND 1559</t>
+  </si>
+  <si>
+    <t>BONPLAND 1534</t>
+  </si>
+  <si>
+    <t>MURILLO 785</t>
+  </si>
+  <si>
+    <t>MUÑECAS 705</t>
+  </si>
+  <si>
+    <t>DIAZ VELEZ AV. 3799</t>
+  </si>
+  <si>
+    <t>SALGUERO, JERONIMO 223</t>
+  </si>
+  <si>
+    <t>NUEVA YORK 3683</t>
+  </si>
+  <si>
+    <t>NUEVA YORK 3700</t>
+  </si>
+  <si>
+    <t>CHIVILCOY 4202</t>
+  </si>
+  <si>
+    <t>PAREJA 4089</t>
+  </si>
+  <si>
+    <t>BAHIA BLANCA 1240</t>
+  </si>
+  <si>
+    <t>BAHIA BLANCA 1654</t>
+  </si>
+  <si>
+    <t>TRES ARROYOS 3823</t>
+  </si>
+  <si>
+    <t>TRES ARROYOS 3900</t>
+  </si>
+  <si>
+    <t>LAMARCA, EMILIO 910</t>
+  </si>
+  <si>
+    <t>JUSTO, JUAN B. AV. 6765</t>
+  </si>
+  <si>
+    <t>351556, 351810, 352557</t>
+  </si>
+  <si>
+    <t>251554, 338596, 399700, 512335, 481343</t>
+  </si>
+  <si>
+    <t>ECHEVERRIA 2610 / 2612</t>
+  </si>
+  <si>
+    <t>446533, 490208, 543816, 530239, 305259</t>
+  </si>
+  <si>
+    <t>HUMBOLDT 44 / 48 / 42</t>
+  </si>
+  <si>
+    <t>249853, 531753</t>
+  </si>
+  <si>
+    <t>DORREGO AV. 301 / 303 / 305 / 307</t>
+  </si>
+  <si>
+    <t>545775, 485229</t>
+  </si>
+  <si>
+    <t>HUMBOLDT 69 / 67</t>
+  </si>
+  <si>
+    <t>SUAREZ, JOSE LEON 2163 / 2167 / 2165</t>
+  </si>
+  <si>
+    <t>378314, 454694</t>
+  </si>
+  <si>
+    <t>LA PAMPA 2428 / 2430</t>
+  </si>
+  <si>
+    <t>429958, 447844</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALVEAR, MARCELO T. De 861 Local UF 02   </t>
+  </si>
+  <si>
+    <t>462479, 244330, 470698</t>
+  </si>
+  <si>
+    <t>DERQUI AV. 3886 / 3892 - ECHEANDIA 3881</t>
+  </si>
+  <si>
+    <t>HUBAC 4870 / 4868</t>
+  </si>
+  <si>
+    <t>421670, 513177</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JURAMENTO 1520 Local Local   </t>
+  </si>
+  <si>
+    <t>485449, 304250</t>
+  </si>
+  <si>
+    <t>479961, 493200</t>
+  </si>
+  <si>
+    <t>AMENABAR 2204 - MENDOZA 2607</t>
+  </si>
+  <si>
+    <t>251033, 434891, 501344</t>
+  </si>
+  <si>
+    <t>405745, 535787</t>
+  </si>
+  <si>
+    <t>409505, 357044</t>
+  </si>
+  <si>
+    <t>ARREDONDO, Virrey 2560 / 2562</t>
+  </si>
+  <si>
+    <t>526245, 493252, 433417</t>
+  </si>
+  <si>
+    <t>351301, 383843</t>
+  </si>
+  <si>
+    <t>LARRAZABAL 1456 / 1458</t>
+  </si>
+  <si>
+    <t>379582, 206189</t>
+  </si>
+  <si>
+    <t>CORDOBA AV. 5610 / 5618</t>
+  </si>
+  <si>
+    <t>302683, 492949, 222758, 216738</t>
+  </si>
+  <si>
+    <t>525286, 471860</t>
+  </si>
+  <si>
+    <t>428430, 462256, 521426</t>
+  </si>
+  <si>
+    <t>379070, 447443</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
@@ -1456,5281 +768,1708 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G248"/>
+  <dimension ref="A1:G77"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1" topLeftCell="A198">
-      <selection activeCell="G10" sqref="G10"/>
+    <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
+      <selection activeCell="C9" sqref="C9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.109375" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.109375" customWidth="true" style="0"/>
-    <col min="2" max="2" width="16.21875" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.6640625" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="36.5546875" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:7">
-      <c r="A2" s="2">
-[...11 lines deleted...]
-      <c r="E2" s="6" t="s">
+      <c r="A2" t="s">
+        <v>5</v>
+      </c>
+      <c r="B2" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D2" s="2">
+        <v>46041</v>
+      </c>
+      <c r="E2" t="s">
         <v>7</v>
       </c>
-      <c r="F2"/>
-      <c r="G2"/>
+      <c r="F2">
+        <v>213852</v>
+      </c>
+      <c r="G2" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="3" spans="1:7">
-      <c r="A3" s="2">
-[...11 lines deleted...]
-      <c r="E3" s="6" t="s">
+      <c r="A3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>5</v>
+      </c>
+      <c r="D3" s="2">
+        <v>46042</v>
+      </c>
+      <c r="E3" t="s">
         <v>8</v>
       </c>
-      <c r="F3"/>
-      <c r="G3"/>
+      <c r="F3" t="s">
+        <v>85</v>
+      </c>
+      <c r="G3" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="4" spans="1:7">
-      <c r="A4" s="2">
-[...11 lines deleted...]
-      <c r="E4" s="6" t="s">
+      <c r="A4" t="s">
+        <v>5</v>
+      </c>
+      <c r="B4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" t="s">
+        <v>5</v>
+      </c>
+      <c r="D4" s="2">
+        <v>46042</v>
+      </c>
+      <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
-      <c r="A5" s="2">
-[...11 lines deleted...]
-      <c r="E5" s="6" t="s">
+      <c r="A5" t="s">
+        <v>5</v>
+      </c>
+      <c r="B5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" t="s">
+        <v>5</v>
+      </c>
+      <c r="D5" s="2">
+        <v>46042</v>
+      </c>
+      <c r="E5" t="s">
         <v>10</v>
       </c>
-      <c r="F5"/>
-      <c r="G5"/>
+      <c r="F5">
+        <v>476998</v>
+      </c>
+      <c r="G5" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="6" spans="1:7">
-      <c r="A6" s="2">
-[...11 lines deleted...]
-      <c r="E6" s="6" t="s">
+      <c r="A6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B6" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" t="s">
+        <v>5</v>
+      </c>
+      <c r="D6" s="2">
+        <v>46042</v>
+      </c>
+      <c r="E6" t="s">
         <v>11</v>
       </c>
-      <c r="F6"/>
-      <c r="G6"/>
+      <c r="F6" t="s">
+        <v>86</v>
+      </c>
+      <c r="G6" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="7" spans="1:7">
-      <c r="A7" s="2">
-[...11 lines deleted...]
-      <c r="E7" s="6" t="s">
+      <c r="A7" t="s">
+        <v>5</v>
+      </c>
+      <c r="B7" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" t="s">
+        <v>5</v>
+      </c>
+      <c r="D7" s="2">
+        <v>46042</v>
+      </c>
+      <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
-      <c r="A8" s="2">
-[...11 lines deleted...]
-      <c r="E8" s="6" t="s">
+      <c r="A8" t="s">
+        <v>5</v>
+      </c>
+      <c r="B8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" t="s">
+        <v>5</v>
+      </c>
+      <c r="D8" s="2">
+        <v>46042</v>
+      </c>
+      <c r="E8" t="s">
         <v>13</v>
       </c>
       <c r="F8">
-        <v>454452</v>
+        <v>416965</v>
       </c>
       <c r="G8" t="s">
-        <v>248</v>
+        <v>87</v>
       </c>
     </row>
     <row r="9" spans="1:7">
-      <c r="A9" s="2">
-[...11 lines deleted...]
-      <c r="E9" s="6" t="s">
+      <c r="A9" t="s">
+        <v>5</v>
+      </c>
+      <c r="B9" t="s">
+        <v>6</v>
+      </c>
+      <c r="C9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D9" s="2">
+        <v>46042</v>
+      </c>
+      <c r="E9" t="s">
         <v>14</v>
       </c>
-      <c r="F9"/>
-      <c r="G9"/>
+      <c r="F9" t="s">
+        <v>88</v>
+      </c>
+      <c r="G9" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="10" spans="1:7">
-      <c r="A10" s="2">
-[...11 lines deleted...]
-      <c r="E10" s="6" t="s">
+      <c r="A10" t="s">
+        <v>5</v>
+      </c>
+      <c r="B10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D10" s="2">
+        <v>46042</v>
+      </c>
+      <c r="E10" t="s">
         <v>15</v>
       </c>
-      <c r="F10" t="s">
-        <v>249</v>
+      <c r="F10">
+        <v>500337</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:7">
-      <c r="A11" s="2">
-[...11 lines deleted...]
-      <c r="E11" s="6" t="s">
+      <c r="A11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B11" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D11" s="2">
+        <v>46042</v>
+      </c>
+      <c r="E11" t="s">
         <v>16</v>
       </c>
-      <c r="F11"/>
-      <c r="G11"/>
+      <c r="F11">
+        <v>378559</v>
+      </c>
+      <c r="G11" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="12" spans="1:7">
-      <c r="A12" s="2">
-[...11 lines deleted...]
-      <c r="E12" s="6" t="s">
+      <c r="A12" t="s">
+        <v>5</v>
+      </c>
+      <c r="B12" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" t="s">
+        <v>5</v>
+      </c>
+      <c r="D12" s="2">
+        <v>46042</v>
+      </c>
+      <c r="E12" t="s">
         <v>17</v>
       </c>
       <c r="F12" t="s">
-        <v>250</v>
+        <v>90</v>
       </c>
       <c r="G12" t="s">
-        <v>17</v>
+        <v>91</v>
       </c>
     </row>
     <row r="13" spans="1:7">
-      <c r="A13" s="2">
-[...11 lines deleted...]
-      <c r="E13" s="6" t="s">
+      <c r="A13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" t="s">
+        <v>5</v>
+      </c>
+      <c r="D13" s="2">
+        <v>46042</v>
+      </c>
+      <c r="E13" t="s">
         <v>18</v>
       </c>
-      <c r="F13"/>
-      <c r="G13"/>
+      <c r="F13" t="s">
+        <v>92</v>
+      </c>
+      <c r="G13" t="s">
+        <v>93</v>
+      </c>
     </row>
     <row r="14" spans="1:7">
-      <c r="A14" s="2">
-[...11 lines deleted...]
-      <c r="E14" s="6" t="s">
+      <c r="A14" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" t="s">
+        <v>5</v>
+      </c>
+      <c r="D14" s="2">
+        <v>46042</v>
+      </c>
+      <c r="E14" t="s">
         <v>19</v>
       </c>
       <c r="F14"/>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
-      <c r="A15" s="2">
-[...11 lines deleted...]
-      <c r="E15" s="6" t="s">
+      <c r="A15" t="s">
+        <v>5</v>
+      </c>
+      <c r="B15" t="s">
+        <v>6</v>
+      </c>
+      <c r="C15" t="s">
+        <v>5</v>
+      </c>
+      <c r="D15" s="2">
+        <v>46042</v>
+      </c>
+      <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15"/>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
-      <c r="A16" s="2">
-[...11 lines deleted...]
-      <c r="E16" s="6" t="s">
+      <c r="A16" t="s">
+        <v>5</v>
+      </c>
+      <c r="B16" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" t="s">
+        <v>5</v>
+      </c>
+      <c r="D16" s="2">
+        <v>46042</v>
+      </c>
+      <c r="E16" t="s">
         <v>21</v>
       </c>
       <c r="F16"/>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
-      <c r="A17" s="2">
-[...11 lines deleted...]
-      <c r="E17" s="6" t="s">
+      <c r="A17" t="s">
+        <v>5</v>
+      </c>
+      <c r="B17" t="s">
+        <v>6</v>
+      </c>
+      <c r="C17" t="s">
+        <v>5</v>
+      </c>
+      <c r="D17" s="2">
+        <v>46042</v>
+      </c>
+      <c r="E17" t="s">
         <v>22</v>
       </c>
       <c r="F17"/>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
-      <c r="A18" s="2">
-[...11 lines deleted...]
-      <c r="E18" s="6" t="s">
+      <c r="A18" t="s">
+        <v>5</v>
+      </c>
+      <c r="B18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" t="s">
+        <v>5</v>
+      </c>
+      <c r="D18" s="2">
+        <v>46043</v>
+      </c>
+      <c r="E18" t="s">
         <v>23</v>
       </c>
-      <c r="F18" t="s">
-        <v>251</v>
+      <c r="F18">
+        <v>249664</v>
       </c>
       <c r="G18" t="s">
-        <v>252</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:7">
-      <c r="A19" s="2">
-[...11 lines deleted...]
-      <c r="E19" s="6" t="s">
+      <c r="A19" t="s">
+        <v>5</v>
+      </c>
+      <c r="B19" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" t="s">
+        <v>5</v>
+      </c>
+      <c r="D19" s="2">
+        <v>46043</v>
+      </c>
+      <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19"/>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
-      <c r="A20" s="2">
-[...11 lines deleted...]
-      <c r="E20" s="6" t="s">
+      <c r="A20" t="s">
+        <v>5</v>
+      </c>
+      <c r="B20" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" t="s">
+        <v>5</v>
+      </c>
+      <c r="D20" s="2">
+        <v>46043</v>
+      </c>
+      <c r="E20" t="s">
         <v>25</v>
       </c>
-      <c r="F20">
-[...4 lines deleted...]
-      </c>
+      <c r="F20"/>
+      <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
-      <c r="A21" s="2">
-[...11 lines deleted...]
-      <c r="E21" s="6" t="s">
+      <c r="A21">
+        <v>600900223</v>
+      </c>
+      <c r="B21" t="s">
         <v>26</v>
       </c>
+      <c r="C21" t="s">
+        <v>27</v>
+      </c>
+      <c r="D21" s="2">
+        <v>46043</v>
+      </c>
+      <c r="E21" t="s">
+        <v>28</v>
+      </c>
       <c r="F21">
-        <v>308740</v>
+        <v>342715</v>
       </c>
       <c r="G21" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7">
+      <c r="A22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C22" t="s">
+        <v>5</v>
+      </c>
+      <c r="D22" s="2">
+        <v>46043</v>
+      </c>
+      <c r="E22" t="s">
+        <v>29</v>
+      </c>
+      <c r="F22">
+        <v>400590</v>
+      </c>
+      <c r="G22" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7">
+      <c r="A23">
+        <v>600900222</v>
+      </c>
+      <c r="B23" t="s">
         <v>26</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E22" s="6" t="s">
+      <c r="C23" t="s">
         <v>27</v>
       </c>
-      <c r="F22"/>
-[...16 lines deleted...]
-        <v>28</v>
+      <c r="D23" s="2">
+        <v>46043</v>
+      </c>
+      <c r="E23" t="s">
+        <v>30</v>
       </c>
       <c r="F23"/>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
-      <c r="A24" s="2">
-[...15 lines deleted...]
-      <c r="G24"/>
+      <c r="A24" t="s">
+        <v>5</v>
+      </c>
+      <c r="B24" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" t="s">
+        <v>5</v>
+      </c>
+      <c r="D24" s="2">
+        <v>46043</v>
+      </c>
+      <c r="E24" t="s">
+        <v>31</v>
+      </c>
+      <c r="F24">
+        <v>239754</v>
+      </c>
+      <c r="G24" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="25" spans="1:7">
-      <c r="A25" s="2">
-[...15 lines deleted...]
-      <c r="G25"/>
+      <c r="A25" t="s">
+        <v>5</v>
+      </c>
+      <c r="B25" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" t="s">
+        <v>5</v>
+      </c>
+      <c r="D25" s="2">
+        <v>46043</v>
+      </c>
+      <c r="E25" t="s">
+        <v>32</v>
+      </c>
+      <c r="F25" t="s">
+        <v>95</v>
+      </c>
+      <c r="G25" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="26" spans="1:7">
-      <c r="A26" s="2">
-[...15 lines deleted...]
-      <c r="G26"/>
+      <c r="A26" t="s">
+        <v>5</v>
+      </c>
+      <c r="B26" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" t="s">
+        <v>5</v>
+      </c>
+      <c r="D26" s="2">
+        <v>46043</v>
+      </c>
+      <c r="E26" t="s">
+        <v>33</v>
+      </c>
+      <c r="F26">
+        <v>211775</v>
+      </c>
+      <c r="G26" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="27" spans="1:7">
-      <c r="A27" s="2">
-[...19 lines deleted...]
-      </c>
+      <c r="A27" t="s">
+        <v>5</v>
+      </c>
+      <c r="B27" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" t="s">
+        <v>5</v>
+      </c>
+      <c r="D27" s="2">
+        <v>46043</v>
+      </c>
+      <c r="E27" t="s">
+        <v>34</v>
+      </c>
+      <c r="F27"/>
+      <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
-      <c r="A28" s="2">
-[...19 lines deleted...]
-      </c>
+      <c r="A28" t="s">
+        <v>5</v>
+      </c>
+      <c r="B28" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" t="s">
+        <v>5</v>
+      </c>
+      <c r="D28" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E28" t="s">
+        <v>35</v>
+      </c>
+      <c r="F28"/>
+      <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
-      <c r="A29" s="2">
-[...15 lines deleted...]
-      <c r="G29"/>
+      <c r="A29" t="s">
+        <v>5</v>
+      </c>
+      <c r="B29" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" t="s">
+        <v>5</v>
+      </c>
+      <c r="D29" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E29" t="s">
+        <v>36</v>
+      </c>
+      <c r="F29">
+        <v>427938</v>
+      </c>
+      <c r="G29" t="s">
+        <v>96</v>
+      </c>
     </row>
     <row r="30" spans="1:7">
-      <c r="A30" s="2">
-[...15 lines deleted...]
-      <c r="G30"/>
+      <c r="A30" t="s">
+        <v>5</v>
+      </c>
+      <c r="B30" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" t="s">
+        <v>5</v>
+      </c>
+      <c r="D30" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F30" t="s">
+        <v>97</v>
+      </c>
+      <c r="G30" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="31" spans="1:7">
-      <c r="A31" s="2">
-[...19 lines deleted...]
-      </c>
+      <c r="A31" t="s">
+        <v>5</v>
+      </c>
+      <c r="B31" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" t="s">
+        <v>5</v>
+      </c>
+      <c r="D31" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E31" t="s">
+        <v>38</v>
+      </c>
+      <c r="F31"/>
+      <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
-      <c r="A32" s="2">
-[...15 lines deleted...]
-      <c r="G32"/>
+      <c r="A32" t="s">
+        <v>5</v>
+      </c>
+      <c r="B32" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" t="s">
+        <v>5</v>
+      </c>
+      <c r="D32" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E32" t="s">
+        <v>39</v>
+      </c>
+      <c r="F32">
+        <v>510942</v>
+      </c>
+      <c r="G32" t="s">
+        <v>98</v>
+      </c>
     </row>
     <row r="33" spans="1:7">
-      <c r="A33" s="2">
-[...19 lines deleted...]
-      </c>
+      <c r="A33" t="s">
+        <v>5</v>
+      </c>
+      <c r="B33" t="s">
+        <v>6</v>
+      </c>
+      <c r="C33" t="s">
+        <v>5</v>
+      </c>
+      <c r="D33" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E33" t="s">
+        <v>40</v>
+      </c>
+      <c r="F33"/>
+      <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
-      <c r="A34" s="2">
-[...19 lines deleted...]
-      </c>
+      <c r="A34" t="s">
+        <v>5</v>
+      </c>
+      <c r="B34" t="s">
+        <v>6</v>
+      </c>
+      <c r="C34" t="s">
+        <v>5</v>
+      </c>
+      <c r="D34" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E34" t="s">
+        <v>41</v>
+      </c>
+      <c r="F34"/>
+      <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
-      <c r="A35" s="2">
-[...15 lines deleted...]
-      <c r="G35"/>
+      <c r="A35" t="s">
+        <v>5</v>
+      </c>
+      <c r="B35" t="s">
+        <v>6</v>
+      </c>
+      <c r="C35" t="s">
+        <v>5</v>
+      </c>
+      <c r="D35" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E35" t="s">
+        <v>42</v>
+      </c>
+      <c r="F35">
+        <v>363227</v>
+      </c>
+      <c r="G35" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="36" spans="1:7">
-      <c r="A36" s="2">
-[...12 lines deleted...]
-        <v>40</v>
+      <c r="A36" t="s">
+        <v>5</v>
+      </c>
+      <c r="B36" t="s">
+        <v>6</v>
+      </c>
+      <c r="C36" t="s">
+        <v>5</v>
+      </c>
+      <c r="D36" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E36" t="s">
+        <v>43</v>
       </c>
       <c r="F36" t="s">
-        <v>259</v>
+        <v>99</v>
       </c>
       <c r="G36" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="37" spans="1:7">
-      <c r="A37" s="2">
-[...15 lines deleted...]
-      <c r="G37"/>
+      <c r="A37" t="s">
+        <v>5</v>
+      </c>
+      <c r="B37" t="s">
+        <v>6</v>
+      </c>
+      <c r="C37" t="s">
+        <v>5</v>
+      </c>
+      <c r="D37" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E37" t="s">
+        <v>44</v>
+      </c>
+      <c r="F37">
+        <v>477384</v>
+      </c>
+      <c r="G37" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="38" spans="1:7">
-      <c r="A38" s="2">
-[...19 lines deleted...]
-      </c>
+      <c r="A38" t="s">
+        <v>5</v>
+      </c>
+      <c r="B38" t="s">
+        <v>6</v>
+      </c>
+      <c r="C38" t="s">
+        <v>5</v>
+      </c>
+      <c r="D38" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E38" t="s">
+        <v>45</v>
+      </c>
+      <c r="F38"/>
+      <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
-      <c r="A39" s="2">
-[...19 lines deleted...]
-      </c>
+      <c r="A39" t="s">
+        <v>5</v>
+      </c>
+      <c r="B39" t="s">
+        <v>6</v>
+      </c>
+      <c r="C39" t="s">
+        <v>5</v>
+      </c>
+      <c r="D39" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E39" t="s">
+        <v>46</v>
+      </c>
+      <c r="F39"/>
+      <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
-      <c r="A40" s="2">
-[...15 lines deleted...]
-      <c r="G40"/>
+      <c r="A40" t="s">
+        <v>5</v>
+      </c>
+      <c r="B40" t="s">
+        <v>6</v>
+      </c>
+      <c r="C40" t="s">
+        <v>5</v>
+      </c>
+      <c r="D40" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E40" t="s">
+        <v>47</v>
+      </c>
+      <c r="F40">
+        <v>5110</v>
+      </c>
+      <c r="G40" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="41" spans="1:7">
-      <c r="A41" s="2">
-[...15 lines deleted...]
-        <v>457110</v>
+      <c r="A41" t="s">
+        <v>5</v>
+      </c>
+      <c r="B41" t="s">
+        <v>6</v>
+      </c>
+      <c r="C41" t="s">
+        <v>5</v>
+      </c>
+      <c r="D41" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E41" t="s">
+        <v>48</v>
+      </c>
+      <c r="F41" t="s">
+        <v>102</v>
       </c>
       <c r="G41" t="s">
-        <v>261</v>
+        <v>103</v>
       </c>
     </row>
     <row r="42" spans="1:7">
-      <c r="A42" s="2">
-[...15 lines deleted...]
-      <c r="G42"/>
+      <c r="A42" t="s">
+        <v>5</v>
+      </c>
+      <c r="B42" t="s">
+        <v>6</v>
+      </c>
+      <c r="C42" t="s">
+        <v>5</v>
+      </c>
+      <c r="D42" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E42" t="s">
+        <v>49</v>
+      </c>
+      <c r="F42" t="s">
+        <v>104</v>
+      </c>
+      <c r="G42" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="43" spans="1:7">
-      <c r="A43" s="2">
-[...19 lines deleted...]
-      </c>
+      <c r="A43" t="s">
+        <v>5</v>
+      </c>
+      <c r="B43" t="s">
+        <v>6</v>
+      </c>
+      <c r="C43" t="s">
+        <v>5</v>
+      </c>
+      <c r="D43" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E43" t="s">
+        <v>50</v>
+      </c>
+      <c r="F43"/>
+      <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
-      <c r="A44" s="2">
-[...15 lines deleted...]
-        <v>263</v>
+      <c r="A44" t="s">
+        <v>5</v>
+      </c>
+      <c r="B44" t="s">
+        <v>6</v>
+      </c>
+      <c r="C44" t="s">
+        <v>5</v>
+      </c>
+      <c r="D44" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E44" t="s">
+        <v>51</v>
+      </c>
+      <c r="F44">
+        <v>440685</v>
       </c>
       <c r="G44" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="45" spans="1:7">
-      <c r="A45" s="2">
-[...15 lines deleted...]
-      <c r="G45"/>
+      <c r="A45" t="s">
+        <v>5</v>
+      </c>
+      <c r="B45" t="s">
+        <v>6</v>
+      </c>
+      <c r="C45" t="s">
+        <v>5</v>
+      </c>
+      <c r="D45" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E45" t="s">
+        <v>52</v>
+      </c>
+      <c r="F45" t="s">
+        <v>105</v>
+      </c>
+      <c r="G45" t="s">
+        <v>106</v>
+      </c>
     </row>
     <row r="46" spans="1:7">
-      <c r="A46" s="2">
-[...12 lines deleted...]
-        <v>50</v>
+      <c r="A46">
+        <v>600900224</v>
+      </c>
+      <c r="B46" t="s">
+        <v>26</v>
+      </c>
+      <c r="C46" t="s">
+        <v>27</v>
+      </c>
+      <c r="D46" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E46" t="s">
+        <v>53</v>
       </c>
       <c r="F46"/>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
-      <c r="A47" s="2">
-[...12 lines deleted...]
-        <v>51</v>
+      <c r="A47" t="s">
+        <v>5</v>
+      </c>
+      <c r="B47" t="s">
+        <v>6</v>
+      </c>
+      <c r="C47" t="s">
+        <v>5</v>
+      </c>
+      <c r="D47" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E47" t="s">
+        <v>54</v>
       </c>
       <c r="F47">
-        <v>448367</v>
+        <v>304259</v>
       </c>
       <c r="G47" t="s">
-        <v>264</v>
+        <v>54</v>
       </c>
     </row>
     <row r="48" spans="1:7">
-      <c r="A48" s="2">
-[...15 lines deleted...]
-      <c r="G48"/>
+      <c r="A48" t="s">
+        <v>5</v>
+      </c>
+      <c r="B48" t="s">
+        <v>6</v>
+      </c>
+      <c r="C48" t="s">
+        <v>5</v>
+      </c>
+      <c r="D48" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E48" t="s">
+        <v>55</v>
+      </c>
+      <c r="F48" t="s">
+        <v>107</v>
+      </c>
+      <c r="G48" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="49" spans="1:7">
-      <c r="A49" s="2">
-[...15 lines deleted...]
-      <c r="G49"/>
+      <c r="A49">
+        <v>600900225</v>
+      </c>
+      <c r="B49" t="s">
+        <v>26</v>
+      </c>
+      <c r="C49" t="s">
+        <v>27</v>
+      </c>
+      <c r="D49" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E49" t="s">
+        <v>56</v>
+      </c>
+      <c r="F49" t="s">
+        <v>108</v>
+      </c>
+      <c r="G49" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="50" spans="1:7">
-      <c r="A50" s="2">
-[...19 lines deleted...]
-      </c>
+      <c r="A50" t="s">
+        <v>5</v>
+      </c>
+      <c r="B50" t="s">
+        <v>6</v>
+      </c>
+      <c r="C50" t="s">
+        <v>5</v>
+      </c>
+      <c r="D50" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E50" t="s">
+        <v>57</v>
+      </c>
+      <c r="F50"/>
+      <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
-      <c r="A51" s="2">
-[...15 lines deleted...]
-      <c r="G51"/>
+      <c r="A51" t="s">
+        <v>5</v>
+      </c>
+      <c r="B51" t="s">
+        <v>6</v>
+      </c>
+      <c r="C51" t="s">
+        <v>5</v>
+      </c>
+      <c r="D51" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E51" t="s">
+        <v>58</v>
+      </c>
+      <c r="F51" t="s">
+        <v>109</v>
+      </c>
+      <c r="G51" t="s">
+        <v>110</v>
+      </c>
     </row>
     <row r="52" spans="1:7">
-      <c r="A52" s="2">
-[...15 lines deleted...]
-        <v>232883</v>
+      <c r="A52" t="s">
+        <v>5</v>
+      </c>
+      <c r="B52" t="s">
+        <v>6</v>
+      </c>
+      <c r="C52" t="s">
+        <v>5</v>
+      </c>
+      <c r="D52" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E52" t="s">
+        <v>59</v>
+      </c>
+      <c r="F52" t="s">
+        <v>111</v>
       </c>
       <c r="G52" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="53" spans="1:7">
-      <c r="A53" s="2">
-[...12 lines deleted...]
-        <v>57</v>
+      <c r="A53" t="s">
+        <v>5</v>
+      </c>
+      <c r="B53" t="s">
+        <v>6</v>
+      </c>
+      <c r="C53" t="s">
+        <v>5</v>
+      </c>
+      <c r="D53" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E53" t="s">
+        <v>60</v>
       </c>
       <c r="F53">
-        <v>9788</v>
+        <v>213731</v>
       </c>
       <c r="G53" t="s">
-        <v>265</v>
+        <v>60</v>
       </c>
     </row>
     <row r="54" spans="1:7">
-      <c r="A54" s="2">
-[...15 lines deleted...]
-        <v>489037</v>
+      <c r="A54" t="s">
+        <v>5</v>
+      </c>
+      <c r="B54" t="s">
+        <v>6</v>
+      </c>
+      <c r="C54" t="s">
+        <v>5</v>
+      </c>
+      <c r="D54" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E54" t="s">
+        <v>61</v>
+      </c>
+      <c r="F54" t="s">
+        <v>112</v>
       </c>
       <c r="G54" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="55" spans="1:7">
-      <c r="A55" s="2">
-[...19 lines deleted...]
-      </c>
+      <c r="A55" t="s">
+        <v>5</v>
+      </c>
+      <c r="B55" t="s">
+        <v>6</v>
+      </c>
+      <c r="C55" t="s">
+        <v>5</v>
+      </c>
+      <c r="D55" s="2">
+        <v>46044</v>
+      </c>
+      <c r="E55" t="s">
+        <v>62</v>
+      </c>
+      <c r="F55"/>
+      <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
-      <c r="A56" s="2">
-[...15 lines deleted...]
-      <c r="G56"/>
+      <c r="A56" t="s">
+        <v>5</v>
+      </c>
+      <c r="B56" t="s">
+        <v>6</v>
+      </c>
+      <c r="C56" t="s">
+        <v>5</v>
+      </c>
+      <c r="D56" s="2">
+        <v>46045</v>
+      </c>
+      <c r="E56" t="s">
+        <v>63</v>
+      </c>
+      <c r="F56">
+        <v>247251</v>
+      </c>
+      <c r="G56" t="s">
+        <v>113</v>
+      </c>
     </row>
     <row r="57" spans="1:7">
-      <c r="A57" s="2">
-[...15 lines deleted...]
-        <v>495271</v>
+      <c r="A57" t="s">
+        <v>5</v>
+      </c>
+      <c r="B57" t="s">
+        <v>6</v>
+      </c>
+      <c r="C57" t="s">
+        <v>5</v>
+      </c>
+      <c r="D57" s="2">
+        <v>46045</v>
+      </c>
+      <c r="E57" t="s">
+        <v>64</v>
+      </c>
+      <c r="F57" t="s">
+        <v>114</v>
       </c>
       <c r="G57" t="s">
-        <v>267</v>
+        <v>64</v>
       </c>
     </row>
     <row r="58" spans="1:7">
-      <c r="A58" s="2">
-[...19 lines deleted...]
-      </c>
+      <c r="A58" t="s">
+        <v>5</v>
+      </c>
+      <c r="B58" t="s">
+        <v>6</v>
+      </c>
+      <c r="C58" t="s">
+        <v>5</v>
+      </c>
+      <c r="D58" s="2">
+        <v>46045</v>
+      </c>
+      <c r="E58" t="s">
+        <v>65</v>
+      </c>
+      <c r="F58"/>
+      <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
-      <c r="A59" s="2">
-[...19 lines deleted...]
-      </c>
+      <c r="A59" t="s">
+        <v>5</v>
+      </c>
+      <c r="B59" t="s">
+        <v>6</v>
+      </c>
+      <c r="C59" t="s">
+        <v>5</v>
+      </c>
+      <c r="D59" s="2">
+        <v>46045</v>
+      </c>
+      <c r="E59" t="s">
+        <v>66</v>
+      </c>
+      <c r="F59"/>
+      <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
-      <c r="A60" s="2">
-[...12 lines deleted...]
-        <v>64</v>
+      <c r="A60" t="s">
+        <v>5</v>
+      </c>
+      <c r="B60" t="s">
+        <v>6</v>
+      </c>
+      <c r="C60" t="s">
+        <v>5</v>
+      </c>
+      <c r="D60" s="2">
+        <v>46045</v>
+      </c>
+      <c r="E60" t="s">
+        <v>67</v>
       </c>
       <c r="F60">
-        <v>208399</v>
+        <v>234931</v>
       </c>
       <c r="G60" t="s">
-        <v>268</v>
+        <v>115</v>
       </c>
     </row>
     <row r="61" spans="1:7">
-      <c r="A61" s="2">
-[...19 lines deleted...]
-      </c>
+      <c r="A61" t="s">
+        <v>5</v>
+      </c>
+      <c r="B61" t="s">
+        <v>6</v>
+      </c>
+      <c r="C61" t="s">
+        <v>5</v>
+      </c>
+      <c r="D61" s="2">
+        <v>46045</v>
+      </c>
+      <c r="E61" t="s">
+        <v>68</v>
+      </c>
+      <c r="F61"/>
+      <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
-      <c r="A62" s="2">
-[...15 lines deleted...]
-      <c r="G62"/>
+      <c r="A62" t="s">
+        <v>5</v>
+      </c>
+      <c r="B62" t="s">
+        <v>6</v>
+      </c>
+      <c r="C62" t="s">
+        <v>5</v>
+      </c>
+      <c r="D62" s="2">
+        <v>46045</v>
+      </c>
+      <c r="E62" t="s">
+        <v>69</v>
+      </c>
+      <c r="F62">
+        <v>372383</v>
+      </c>
+      <c r="G62" t="s">
+        <v>69</v>
+      </c>
     </row>
     <row r="63" spans="1:7">
-      <c r="A63" s="2">
-[...15 lines deleted...]
-      <c r="G63"/>
+      <c r="A63" t="s">
+        <v>5</v>
+      </c>
+      <c r="B63" t="s">
+        <v>6</v>
+      </c>
+      <c r="C63" t="s">
+        <v>5</v>
+      </c>
+      <c r="D63" s="2">
+        <v>46045</v>
+      </c>
+      <c r="E63" t="s">
+        <v>70</v>
+      </c>
+      <c r="F63">
+        <v>243148</v>
+      </c>
+      <c r="G63" t="s">
+        <v>70</v>
+      </c>
     </row>
     <row r="64" spans="1:7">
-      <c r="A64" s="2">
-[...15 lines deleted...]
-      <c r="G64"/>
+      <c r="A64" t="s">
+        <v>5</v>
+      </c>
+      <c r="B64" t="s">
+        <v>6</v>
+      </c>
+      <c r="C64" t="s">
+        <v>5</v>
+      </c>
+      <c r="D64" s="2">
+        <v>46045</v>
+      </c>
+      <c r="E64" t="s">
+        <v>71</v>
+      </c>
+      <c r="F64">
+        <v>235085</v>
+      </c>
+      <c r="G64" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="65" spans="1:7">
-      <c r="A65" s="2">
-[...15 lines deleted...]
-        <v>401309</v>
+      <c r="A65" t="s">
+        <v>5</v>
+      </c>
+      <c r="B65" t="s">
+        <v>6</v>
+      </c>
+      <c r="C65" t="s">
+        <v>5</v>
+      </c>
+      <c r="D65" s="2">
+        <v>46045</v>
+      </c>
+      <c r="E65" t="s">
+        <v>72</v>
+      </c>
+      <c r="F65" t="s">
+        <v>116</v>
       </c>
       <c r="G65" t="s">
-        <v>271</v>
+        <v>72</v>
       </c>
     </row>
     <row r="66" spans="1:7">
-      <c r="A66" s="2">
-[...12 lines deleted...]
-        <v>70</v>
+      <c r="A66" t="s">
+        <v>5</v>
+      </c>
+      <c r="B66" t="s">
+        <v>6</v>
+      </c>
+      <c r="C66" t="s">
+        <v>5</v>
+      </c>
+      <c r="D66" s="2">
+        <v>46045</v>
+      </c>
+      <c r="E66" t="s">
+        <v>73</v>
       </c>
       <c r="F66" t="s">
-        <v>272</v>
+        <v>117</v>
       </c>
       <c r="G66" t="s">
-        <v>273</v>
+        <v>73</v>
       </c>
     </row>
     <row r="67" spans="1:7">
-      <c r="A67" s="2">
-[...19 lines deleted...]
-      </c>
+      <c r="A67" t="s">
+        <v>5</v>
+      </c>
+      <c r="B67" t="s">
+        <v>6</v>
+      </c>
+      <c r="C67" t="s">
+        <v>5</v>
+      </c>
+      <c r="D67" s="2">
+        <v>46045</v>
+      </c>
+      <c r="E67" t="s">
+        <v>74</v>
+      </c>
+      <c r="F67"/>
+      <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
-      <c r="A68" s="2">
-[...12 lines deleted...]
-        <v>72</v>
+      <c r="A68">
+        <v>600900226</v>
+      </c>
+      <c r="B68" t="s">
+        <v>26</v>
+      </c>
+      <c r="C68" t="s">
+        <v>27</v>
+      </c>
+      <c r="D68" s="2">
+        <v>46045</v>
+      </c>
+      <c r="E68" t="s">
+        <v>75</v>
       </c>
       <c r="F68"/>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
-      <c r="A69" s="2">
-[...19 lines deleted...]
-      </c>
+      <c r="A69" t="s">
+        <v>5</v>
+      </c>
+      <c r="B69" t="s">
+        <v>6</v>
+      </c>
+      <c r="C69" t="s">
+        <v>5</v>
+      </c>
+      <c r="D69" s="2">
+        <v>46045</v>
+      </c>
+      <c r="E69" t="s">
+        <v>76</v>
+      </c>
+      <c r="F69"/>
+      <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
-      <c r="A70" s="2">
-[...19 lines deleted...]
-      </c>
+      <c r="A70" t="s">
+        <v>5</v>
+      </c>
+      <c r="B70" t="s">
+        <v>6</v>
+      </c>
+      <c r="C70" t="s">
+        <v>5</v>
+      </c>
+      <c r="D70" s="2">
+        <v>46045</v>
+      </c>
+      <c r="E70" t="s">
+        <v>77</v>
+      </c>
+      <c r="F70"/>
+      <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
-      <c r="A71" s="2">
-[...19 lines deleted...]
-      </c>
+      <c r="A71" t="s">
+        <v>5</v>
+      </c>
+      <c r="B71" t="s">
+        <v>6</v>
+      </c>
+      <c r="C71" t="s">
+        <v>5</v>
+      </c>
+      <c r="D71" s="2">
+        <v>46045</v>
+      </c>
+      <c r="E71" t="s">
+        <v>78</v>
+      </c>
+      <c r="F71"/>
+      <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
-      <c r="A72" s="2">
-[...15 lines deleted...]
-        <v>262</v>
+      <c r="A72" t="s">
+        <v>5</v>
+      </c>
+      <c r="B72" t="s">
+        <v>6</v>
+      </c>
+      <c r="C72" t="s">
+        <v>5</v>
+      </c>
+      <c r="D72" s="2">
+        <v>46045</v>
+      </c>
+      <c r="E72" t="s">
+        <v>79</v>
+      </c>
+      <c r="F72">
+        <v>393240</v>
       </c>
       <c r="G72" t="s">
-        <v>47</v>
+        <v>79</v>
       </c>
     </row>
     <row r="73" spans="1:7">
-      <c r="A73" s="2">
-[...12 lines deleted...]
-        <v>41</v>
+      <c r="A73" t="s">
+        <v>5</v>
+      </c>
+      <c r="B73" t="s">
+        <v>6</v>
+      </c>
+      <c r="C73" t="s">
+        <v>5</v>
+      </c>
+      <c r="D73" s="2">
+        <v>46045</v>
+      </c>
+      <c r="E73" t="s">
+        <v>80</v>
       </c>
       <c r="F73"/>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
-      <c r="A74" s="2">
-[...12 lines deleted...]
-        <v>38</v>
+      <c r="A74" t="s">
+        <v>5</v>
+      </c>
+      <c r="B74" t="s">
+        <v>6</v>
+      </c>
+      <c r="C74" t="s">
+        <v>5</v>
+      </c>
+      <c r="D74" s="2">
+        <v>46045</v>
+      </c>
+      <c r="E74" t="s">
+        <v>81</v>
       </c>
       <c r="F74" t="s">
-        <v>258</v>
+        <v>118</v>
       </c>
       <c r="G74" t="s">
-        <v>38</v>
+        <v>81</v>
       </c>
     </row>
     <row r="75" spans="1:7">
-      <c r="A75" s="2">
-[...15 lines deleted...]
-      <c r="G75"/>
+      <c r="A75" t="s">
+        <v>5</v>
+      </c>
+      <c r="B75" t="s">
+        <v>6</v>
+      </c>
+      <c r="C75" t="s">
+        <v>5</v>
+      </c>
+      <c r="D75" s="2">
+        <v>46045</v>
+      </c>
+      <c r="E75" t="s">
+        <v>82</v>
+      </c>
+      <c r="F75">
+        <v>432086</v>
+      </c>
+      <c r="G75" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="76" spans="1:7">
-      <c r="A76" s="2">
-[...12 lines deleted...]
-        <v>77</v>
+      <c r="A76" t="s">
+        <v>5</v>
+      </c>
+      <c r="B76" t="s">
+        <v>6</v>
+      </c>
+      <c r="C76" t="s">
+        <v>5</v>
+      </c>
+      <c r="D76" s="2">
+        <v>46045</v>
+      </c>
+      <c r="E76" t="s">
+        <v>83</v>
       </c>
       <c r="F76"/>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
-      <c r="A77" s="2">
-[...129 lines deleted...]
-      <c r="E83" s="6" t="s">
+      <c r="A77" t="s">
+        <v>5</v>
+      </c>
+      <c r="B77" t="s">
+        <v>6</v>
+      </c>
+      <c r="C77" t="s">
+        <v>5</v>
+      </c>
+      <c r="D77" s="2">
+        <v>46045</v>
+      </c>
+      <c r="E77" t="s">
         <v>84</v>
       </c>
-      <c r="F83">
-[...2 lines deleted...]
-      <c r="G83" t="s">
+      <c r="F77" t="s">
+        <v>119</v>
+      </c>
+      <c r="G77" t="s">
         <v>84</v>
-      </c>
-[...3489 lines deleted...]
-        <v>247</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:E1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>